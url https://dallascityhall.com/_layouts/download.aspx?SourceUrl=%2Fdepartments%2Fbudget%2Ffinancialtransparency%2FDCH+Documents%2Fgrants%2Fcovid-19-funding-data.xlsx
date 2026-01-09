--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -2,58 +2,58 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\OPRATING\Performance Team\COVID-19 Projects\COVID Dashboard Project\Resident Download Updates\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6DB0813E-6638-4C05-AF14-EDCB66158C6C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A9299573-4135-475B-9728-9801806E1772}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="608" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="COVID-19 Funding Download" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_Hlk83744322" localSheetId="0">'COVID-19 Funding Download'!$C$34</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -1551,1553 +1551,1553 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.imls.gov%2Four-work%2Fpartnerships%2Fcommunities-immunity&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=OwFHcSwRQpxVMwgw1Sz3eeDgMvwd20DRjfY%2FDrMPrh8%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.csec.texas.gov/s/next-generation-9-1-1?language=en_US" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aspca.org/grants" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sba.gov/funding-programs/loans/covid-19-relief-options/shuttered-venue-operators-grant/about-svog" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.hhs.texas.gov%2Fproviders%2Fwic-providers%2Fwic-general-information&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=oruwhS2Z4MPFOxL3m0isibfUz0k7MovdgAvtMaFMqow%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.treasury.gov/policy-issues/coronavirus/assistance-for-state-local-and-tribal-governments/emergency-rental-assistance-program" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bissellpetfoundation.org/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.treasury.gov/policy-issues/coronavirus/assistance-for-state-local-and-tribal-governments/state-and-local-fiscal-recovery-funds" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.faa.gov/airports/airport_rescue_grants" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tdhca.texas.gov/texas-emergency-rental-assistance-program-terap" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arts.gov/COVID-19/the-american-rescue-plan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.faa.gov/airports/cares_act" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Ftaggs.hhs.gov%2FCoronavirus%2FProviders&amp;data=05%7C02%7Cmohammed.mazzouj%40dallas.gov%7Ca639460641444380438808dc28ce38cc%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638430113376381332%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=WTjypxiUN1aQMhB6yb4vwIQ8E8GDsrBxei3MwOhxOrQ%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://petsmartcharities.org/pro/grants/emergency-relief" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fema.gov/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.faa.gov%2Fairports%2Fcrrsaa&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=VKD2zwiKexFpTyXhVRTxeZUBY2luddqcjQuVauyFFLI%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.sba.gov%2Ffunding-programs%2Floans%2Fcovid-19-relief-options%2Fshuttered-venue-operators-grant%2Fabout-svog&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=XSmV1iKzNN3OLhFHj5sAkMdbRZgPZ%2BTZsON34sjCSLw%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hudexchange.info/programs/esg/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.faa.gov%2Fairports%2Fcrrsaa&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=VKD2zwiKexFpTyXhVRTxeZUBY2luddqcjQuVauyFFLI%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.faa.gov/airports/airport_rescue_grants" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hudexchange.info/programs/home/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.tsl.texas.gov%2F&amp;data=05%7C02%7Cmohammed.mazzouj%40dallas.gov%7C9ddea0c8d40f456e93ab08dd60c77eb6%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638773132152377666%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=v8vIjshUlh2lbtPvVOVTgFCvWPHsXJRWV7%2B%2BHGj9LTA%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.faa.gov/airports/airport_rescue_grants" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fema.gov/grants/preparedness/firefighters" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.sba.gov%2Ffunding-programs%2Floans%2Fcovid-19-relief-options%2Fshuttered-venue-operators-grant%2Fabout-svog&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=XSmV1iKzNN3OLhFHj5sAkMdbRZgPZ%2BTZsON34sjCSLw%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egrants.gov.texas.gov/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tpwd.texas.gov/business/grants/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.treasury.gov/policy-issues/coronavirus/assistance-for-state-local-and-tribal-governments/coronavirus-relief-fund" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.faa.gov/airports/crrsaa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Q50"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="G46" sqref="G46"/>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="C20" sqref="C20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="47.26953125" style="2" customWidth="1"/>
-    <col min="2" max="2" width="27.1796875" style="2" customWidth="1"/>
+    <col min="1" max="1" width="47.28515625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="27.140625" style="2" customWidth="1"/>
     <col min="3" max="3" width="54" style="2" customWidth="1"/>
-    <col min="4" max="4" width="16.1796875" style="2" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="16384" width="9.1796875" style="2"/>
+    <col min="4" max="4" width="16.140625" style="2" customWidth="1"/>
+    <col min="5" max="5" width="22.140625" style="2" customWidth="1"/>
+    <col min="6" max="6" width="17.85546875" style="2" customWidth="1"/>
+    <col min="7" max="7" width="16.140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.42578125" style="2" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="2" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A2" s="7" t="s">
         <v>89</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D2" t="s">
         <v>96</v>
       </c>
       <c r="E2" s="1">
         <v>355426891</v>
       </c>
       <c r="F2" s="1">
         <v>355426891</v>
       </c>
       <c r="G2" s="1">
         <v>0</v>
       </c>
       <c r="H2" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I2" s="2" t="s">
         <v>84</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="3" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A3" s="7" t="s">
         <v>114</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D3" s="14" t="s">
         <v>129</v>
       </c>
       <c r="E3" s="1">
         <v>29000000</v>
       </c>
       <c r="F3" s="1">
         <v>13855580</v>
       </c>
       <c r="G3" s="1">
         <v>0</v>
       </c>
       <c r="H3" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>84</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="4" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>115</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>129</v>
       </c>
       <c r="E4" s="1">
         <v>3400000</v>
       </c>
       <c r="F4" s="1">
         <v>1730634</v>
       </c>
       <c r="G4" s="1">
         <v>0</v>
       </c>
       <c r="H4" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I4" s="2" t="s">
         <v>64</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="5" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>150</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D5" s="12" t="s">
         <v>129</v>
       </c>
       <c r="E5" s="1">
         <v>115000</v>
       </c>
       <c r="F5" s="1">
         <v>57000</v>
       </c>
       <c r="G5" s="1">
         <v>0</v>
       </c>
       <c r="H5" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I5" s="2" t="s">
         <v>64</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="6" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A6" s="7" t="s">
         <v>151</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D6" s="12" t="s">
         <v>129</v>
       </c>
       <c r="E6" s="1">
         <v>70000</v>
       </c>
       <c r="F6" s="1">
         <v>34162</v>
       </c>
       <c r="G6" s="1">
         <v>0</v>
       </c>
       <c r="H6" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I6" s="2" t="s">
         <v>64</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="7" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A7" s="7" t="s">
         <v>172</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>127</v>
       </c>
       <c r="E7" s="1">
         <v>771500</v>
       </c>
       <c r="F7" s="1">
         <v>276060</v>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
       <c r="H7" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>64</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="8" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A8" s="7" t="s">
         <v>98</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>176</v>
       </c>
       <c r="E8" s="5">
         <v>50325677.399999999</v>
       </c>
       <c r="F8" s="5">
         <v>54154578.950000003</v>
       </c>
       <c r="G8" s="1">
-        <v>47251.080000005662</v>
+        <v>47125.830000005662</v>
       </c>
       <c r="H8" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>64</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="9" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
         <v>152</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D9" s="14" t="s">
         <v>179</v>
       </c>
       <c r="E9" s="1">
         <v>150000000000</v>
       </c>
       <c r="F9" s="1">
         <v>235340456.25999999</v>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
       <c r="H9" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="10" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A10" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="1">
         <v>5000000000</v>
       </c>
       <c r="F10" s="1">
         <v>20678587</v>
       </c>
       <c r="G10" s="1">
         <v>1755841.1599999964</v>
       </c>
       <c r="H10" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="11" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D11" s="14" t="s">
         <v>181</v>
       </c>
       <c r="E11" s="1">
         <v>4000000000</v>
       </c>
       <c r="F11" s="1">
         <v>21104468</v>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
       <c r="H11" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="12" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A12" s="7" t="s">
         <v>153</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="1">
         <v>65000000</v>
       </c>
       <c r="F12" s="1">
         <v>1088138</v>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
       <c r="H12" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A13" s="7" t="s">
         <v>174</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>120</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>126</v>
       </c>
       <c r="E13" s="1">
         <v>0</v>
       </c>
       <c r="F13" s="1">
         <v>250000</v>
       </c>
       <c r="G13" s="1">
         <v>41560</v>
       </c>
       <c r="H13" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I13" s="2" t="s">
         <v>101</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="14" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A14" s="7" t="s">
         <v>154</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>125</v>
       </c>
       <c r="E14" s="1">
         <v>0</v>
       </c>
       <c r="F14" s="1">
         <v>3732520.04</v>
       </c>
       <c r="G14" s="1">
-        <v>0</v>
+        <v>1409.25</v>
       </c>
       <c r="H14" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I14" s="2" t="s">
         <v>101</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="15" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
         <v>155</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E15" s="1">
         <v>65000000</v>
       </c>
       <c r="F15" s="1">
         <v>83282</v>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
       <c r="H15" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="16" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A16" s="7" t="s">
         <v>132</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E16" s="1">
         <v>79033.69</v>
       </c>
       <c r="F16" s="1">
         <v>79034</v>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
       <c r="H16" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="17" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A17" s="7" t="s">
         <v>113</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="1">
         <v>1000000000</v>
       </c>
       <c r="F17" s="1">
         <v>53813334</v>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
       <c r="H17" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="18" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A18" s="7" t="s">
         <v>178</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="1">
         <v>0</v>
       </c>
       <c r="F18" s="1">
         <v>70000</v>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
       <c r="H18" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="19" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
         <v>156</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D19" s="12" t="s">
         <v>185</v>
       </c>
       <c r="E19" s="6">
         <v>0</v>
       </c>
       <c r="F19" s="1">
         <v>487695</v>
       </c>
       <c r="G19" s="1">
         <v>0</v>
       </c>
       <c r="H19" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="20" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A20" s="7" t="s">
         <v>116</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D20" s="12" t="s">
         <v>147</v>
       </c>
       <c r="E20" s="1">
         <v>0</v>
       </c>
       <c r="F20" s="1">
         <v>50936622</v>
       </c>
       <c r="G20" s="1">
         <v>0</v>
       </c>
       <c r="H20" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="21" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A21" s="7" t="s">
         <v>117</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D21" s="12" t="s">
         <v>147</v>
       </c>
       <c r="E21" s="1">
         <v>0</v>
       </c>
       <c r="F21" s="1">
         <v>6922536</v>
       </c>
       <c r="G21" s="1">
         <v>0</v>
       </c>
       <c r="H21" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="22" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A22" s="7" t="s">
         <v>157</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D22" s="12" t="s">
         <v>147</v>
       </c>
       <c r="E22" s="6">
         <v>0</v>
       </c>
       <c r="F22" s="1">
         <v>148000</v>
       </c>
       <c r="G22" s="1">
         <v>0</v>
       </c>
       <c r="H22" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="23" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A23" s="7" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="E23" s="6">
         <v>850000000</v>
       </c>
       <c r="F23" s="1">
         <v>2282871</v>
       </c>
       <c r="G23" s="1">
         <v>247297.64999999991</v>
       </c>
       <c r="H23" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="24" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A24" s="7" t="s">
         <v>173</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E24" s="6">
         <v>500000000</v>
       </c>
       <c r="F24" s="1">
         <v>79595</v>
       </c>
       <c r="G24" s="1">
         <v>79595</v>
       </c>
       <c r="H24" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="25" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A25" s="7" t="s">
         <v>158</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D25" s="12" t="s">
         <v>175</v>
       </c>
       <c r="E25" s="6">
         <v>100000000000</v>
       </c>
       <c r="F25" s="1">
         <v>863555.64</v>
       </c>
       <c r="G25" s="1">
         <v>0</v>
       </c>
       <c r="H25" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="26" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A26" s="7" t="s">
         <v>159</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D26" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E26" s="6">
         <v>0</v>
       </c>
       <c r="F26" s="1">
         <v>20000</v>
       </c>
       <c r="G26" s="1">
         <v>0</v>
       </c>
       <c r="H26" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="27" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A27" s="7" t="s">
         <v>160</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E27" s="6">
         <v>0</v>
       </c>
       <c r="F27" s="6">
         <v>10000</v>
       </c>
       <c r="G27" s="6">
         <v>0</v>
       </c>
       <c r="H27" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="28" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A28" s="7" t="s">
         <v>161</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D28" s="12" t="s">
         <v>177</v>
       </c>
       <c r="E28" s="6">
         <v>0</v>
       </c>
       <c r="F28" s="6">
         <v>13800</v>
       </c>
       <c r="G28" s="6">
         <v>0</v>
       </c>
       <c r="H28" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="29" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A29" s="7" t="s">
         <v>159</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E29" s="6">
         <v>0</v>
       </c>
       <c r="F29" s="6">
         <v>9630</v>
       </c>
       <c r="G29" s="6">
         <v>0</v>
       </c>
       <c r="H29" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="30" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A30" s="7" t="s">
         <v>162</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D30" s="12" t="s">
         <v>189</v>
       </c>
       <c r="E30" s="6">
         <v>0</v>
       </c>
       <c r="F30" s="6">
         <v>70000</v>
       </c>
       <c r="G30" s="6">
         <v>0</v>
       </c>
       <c r="H30" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="31" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A31" s="7" t="s">
         <v>187</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D31" s="12" t="s">
         <v>131</v>
       </c>
       <c r="E31" s="6">
         <v>0</v>
       </c>
       <c r="F31" s="6">
         <v>4200</v>
       </c>
       <c r="G31" s="6">
         <v>0</v>
       </c>
       <c r="H31" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="32" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A32" s="7" t="s">
         <v>99</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>94</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>95</v>
       </c>
       <c r="D32" s="13" t="s">
         <v>96</v>
       </c>
       <c r="E32" s="10">
         <v>0</v>
       </c>
       <c r="F32" s="6">
         <v>23600000</v>
       </c>
       <c r="G32" s="6">
         <v>0</v>
       </c>
       <c r="H32" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I32" s="9" t="s">
         <v>84</v>
       </c>
       <c r="J32" s="9" t="s">
         <v>97</v>
       </c>
       <c r="K32" s="9"/>
       <c r="L32" s="9"/>
       <c r="M32" s="9"/>
       <c r="N32" s="9"/>
       <c r="O32" s="9"/>
       <c r="P32" s="9"/>
       <c r="Q32" s="9"/>
     </row>
-    <row r="33" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A33" s="7" t="s">
         <v>37</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D33" t="s">
         <v>186</v>
       </c>
       <c r="E33" s="6">
         <v>0</v>
       </c>
       <c r="F33" s="6">
         <v>41290</v>
       </c>
       <c r="G33" s="6">
         <v>41290</v>
       </c>
       <c r="H33" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="34" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A34" s="7" t="s">
         <v>100</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="11" t="s">
         <v>111</v>
       </c>
       <c r="D34" s="12" t="s">
         <v>180</v>
       </c>
       <c r="E34" s="6">
         <v>0</v>
       </c>
       <c r="F34" s="6">
         <v>21408139</v>
       </c>
       <c r="G34" s="6">
-        <v>113666.48999999836</v>
+        <v>1224883.8000000007</v>
       </c>
       <c r="H34" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I34" s="2" t="s">
         <v>101</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="35" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A35" s="7" t="s">
         <v>43</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D35" s="14" t="s">
         <v>171</v>
       </c>
       <c r="E35" s="1">
         <v>100000000</v>
       </c>
       <c r="F35" s="1">
         <v>846245.26</v>
       </c>
       <c r="G35" s="1">
         <v>811.43999999994401</v>
       </c>
       <c r="H35" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="36" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A36" s="7" t="s">
         <v>163</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D36" s="12" t="s">
         <v>188</v>
       </c>
       <c r="E36" s="1">
         <v>2600000</v>
       </c>
       <c r="F36" s="1">
         <v>41570.980000000003</v>
       </c>
       <c r="G36" s="1">
         <v>0</v>
       </c>
       <c r="H36" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="37" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A37" s="7" t="s">
         <v>164</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E37" s="1">
         <v>850000000</v>
       </c>
       <c r="F37" s="1">
         <v>984177.61</v>
       </c>
       <c r="G37" s="1">
         <v>0</v>
       </c>
       <c r="H37" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I37" s="2" t="s">
         <v>84</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="38" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A38" s="7" t="s">
         <v>165</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>56</v>
       </c>
       <c r="E38" s="1">
         <v>150000000000</v>
       </c>
       <c r="F38" s="1">
         <v>41547024.68</v>
       </c>
       <c r="G38" s="1">
         <v>0</v>
       </c>
       <c r="H38" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I38" s="2" t="s">
         <v>84</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="39" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A39" s="7" t="s">
         <v>58</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D39" s="14" t="s">
         <v>183</v>
       </c>
       <c r="E39" s="1">
         <v>5000000000</v>
       </c>
       <c r="F39" s="1">
         <v>3382585</v>
       </c>
       <c r="G39" s="1">
         <v>0</v>
       </c>
       <c r="H39" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I39" s="2" t="s">
         <v>84</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="40" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A40" s="7" t="s">
         <v>166</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D40" s="14" t="s">
         <v>149</v>
       </c>
       <c r="E40" s="1">
         <v>0</v>
       </c>
       <c r="F40" s="1">
         <v>50000</v>
       </c>
       <c r="G40" s="1">
         <v>0</v>
       </c>
       <c r="H40" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I40" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="41" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A41" s="7" t="s">
         <v>60</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>63</v>
       </c>
       <c r="E41" s="1">
         <v>0</v>
       </c>
       <c r="F41" s="1">
         <v>80000</v>
       </c>
       <c r="G41" s="1">
         <v>5159.8499999999913</v>
       </c>
       <c r="H41" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I41" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="42" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A42" s="7" t="s">
         <v>167</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D42" s="12" t="s">
         <v>128</v>
       </c>
       <c r="E42" s="1">
         <v>0</v>
       </c>
       <c r="F42" s="1">
         <v>1132342.8799999999</v>
       </c>
       <c r="G42" s="1">
         <v>0</v>
       </c>
       <c r="H42" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I42" s="2" t="s">
         <v>84</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="43" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A43" s="7" t="s">
         <v>168</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D43" s="14" t="s">
         <v>130</v>
       </c>
       <c r="E43" s="1">
         <v>0</v>
       </c>
       <c r="F43" s="1">
         <v>443530.92</v>
       </c>
       <c r="G43" s="1">
         <v>0</v>
       </c>
       <c r="H43" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I43" s="2" t="s">
         <v>84</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="44" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A44" s="7" t="s">
         <v>169</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D44" s="12" t="s">
         <v>130</v>
       </c>
       <c r="E44" s="1">
         <v>0</v>
       </c>
       <c r="F44" s="1">
         <v>40317</v>
       </c>
       <c r="G44" s="1">
         <v>0</v>
       </c>
       <c r="H44" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I44" s="2" t="s">
         <v>84</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="45" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A45" s="7" t="s">
         <v>139</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>182</v>
       </c>
       <c r="E45" s="1">
         <v>150000000</v>
       </c>
       <c r="F45" s="1">
         <v>4925000</v>
       </c>
       <c r="G45" s="1">
         <v>0</v>
       </c>
       <c r="H45" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I45" s="2" t="s">
         <v>143</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="46" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A46" s="7" t="s">
         <v>142</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>184</v>
       </c>
       <c r="E46" s="1">
         <v>20000000</v>
       </c>
       <c r="F46" s="1">
         <v>20000000</v>
       </c>
       <c r="G46" s="1">
-        <v>7194177.1999999993</v>
+        <v>7192435.3299999982</v>
       </c>
       <c r="H46" s="4">
-        <v>45959</v>
+        <v>46029</v>
       </c>
       <c r="I46" s="2" t="s">
         <v>101</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="47" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:10" x14ac:dyDescent="0.25">
       <c r="G47" s="15"/>
     </row>
-    <row r="48" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:10" x14ac:dyDescent="0.25">
       <c r="G48" s="1"/>
     </row>
-    <row r="50" spans="7:7" x14ac:dyDescent="0.35">
+    <row r="50" spans="7:7" x14ac:dyDescent="0.25">
       <c r="G50" s="15"/>
     </row>
   </sheetData>
   <phoneticPr fontId="18" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="D14" r:id="rId1" xr:uid="{60D482BB-8677-4C2A-A122-C852DE748BC8}"/>
     <hyperlink ref="D13" r:id="rId2" xr:uid="{AC36AEC9-64DC-4EE4-A72B-DE266C569239}"/>
     <hyperlink ref="D7" r:id="rId3" display="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.hhs.texas.gov%2Fproviders%2Fwic-providers%2Fwic-general-information&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=oruwhS2Z4MPFOxL3m0isibfUz0k7MovdgAvtMaFMqow%3D&amp;reserved=0" xr:uid="{46DB8DA7-7EB5-40E6-99FA-F2777F912BA6}"/>
     <hyperlink ref="D42" r:id="rId4" display="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.sba.gov%2Ffunding-programs%2Floans%2Fcovid-19-relief-options%2Fshuttered-venue-operators-grant%2Fabout-svog&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=XSmV1iKzNN3OLhFHj5sAkMdbRZgPZ%2BTZsON34sjCSLw%3D&amp;reserved=0" xr:uid="{47AC5222-7584-4226-847B-DB9E5E6F3B08}"/>
     <hyperlink ref="D5" r:id="rId5" display="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.faa.gov%2Fairports%2Fcrrsaa&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=VKD2zwiKexFpTyXhVRTxeZUBY2luddqcjQuVauyFFLI%3D&amp;reserved=0" xr:uid="{82B09496-16AE-4C4C-9C25-918935C9B9F9}"/>
     <hyperlink ref="D6" r:id="rId6" display="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.faa.gov%2Fairports%2Fcrrsaa&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=VKD2zwiKexFpTyXhVRTxeZUBY2luddqcjQuVauyFFLI%3D&amp;reserved=0" xr:uid="{A64DAD01-A250-4406-BFCB-70BFA1D2B73F}"/>
     <hyperlink ref="D28" r:id="rId7" xr:uid="{E085D2DB-D2AF-4957-BA3C-177938B846D9}"/>
     <hyperlink ref="D31" r:id="rId8" display="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.imls.gov%2Four-work%2Fpartnerships%2Fcommunities-immunity&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=OwFHcSwRQpxVMwgw1Sz3eeDgMvwd20DRjfY%2FDrMPrh8%3D&amp;reserved=0" xr:uid="{84F8A6BA-87B6-48C3-A61A-BD5DE8386577}"/>
     <hyperlink ref="D16" r:id="rId9" xr:uid="{CE6F2FE2-0C6F-490F-8605-9E34DBF54411}"/>
     <hyperlink ref="D20" r:id="rId10" xr:uid="{5ECF2070-19AE-43C9-B534-4DE418972143}"/>
     <hyperlink ref="D44" r:id="rId11" display="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.sba.gov%2Ffunding-programs%2Floans%2Fcovid-19-relief-options%2Fshuttered-venue-operators-grant%2Fabout-svog&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=XSmV1iKzNN3OLhFHj5sAkMdbRZgPZ%2BTZsON34sjCSLw%3D&amp;reserved=0" xr:uid="{B48B20E9-5511-4F38-A322-34BA28A3AD06}"/>
     <hyperlink ref="D32" r:id="rId12" xr:uid="{4E52525A-A1FF-458E-927E-D2FBA4E6C7AB}"/>
     <hyperlink ref="D45" r:id="rId13" xr:uid="{B4B9032E-A8C4-47BB-97F8-E2E6CA6D83FF}"/>
     <hyperlink ref="D46" r:id="rId14" xr:uid="{85088EE2-5035-4BA0-9249-BE384FF15475}"/>
     <hyperlink ref="D21" r:id="rId15" xr:uid="{D268D888-45D4-44C2-9257-F73DA1EFA317}"/>
     <hyperlink ref="D19" r:id="rId16" xr:uid="{E8D7D3FD-AFF9-48F0-BAAF-3A1FBFBA97F9}"/>
     <hyperlink ref="D22" r:id="rId17" xr:uid="{681F3C00-673D-441F-875F-F9E37C34ABDA}"/>
     <hyperlink ref="D40" r:id="rId18" xr:uid="{E2FFFC15-AACF-43C9-B387-8540C2CDB422}"/>
     <hyperlink ref="D35" r:id="rId19" xr:uid="{7D58C5F5-D5C2-429B-A660-F9CC2CF3ADFE}"/>
     <hyperlink ref="D25" r:id="rId20" tooltip="Original URL: https://taggs.hhs.gov/Coronavirus/Providers. Click or tap if you trust this link." display="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Ftaggs.hhs.gov%2FCoronavirus%2FProviders&amp;data=05%7C02%7Cmohammed.mazzouj%40dallas.gov%7Ca639460641444380438808dc28ce38cc%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638430113376381332%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=WTjypxiUN1aQMhB6yb4vwIQ8E8GDsrBxei3MwOhxOrQ%3D&amp;reserved=0" xr:uid="{3D6CFABA-A925-4553-AE4B-77B520AC6DF1}"/>
@@ -3107,59 +3107,50 @@
     <hyperlink ref="D11" r:id="rId24" xr:uid="{2DC11252-0F47-4DF4-A5DA-3258374135FB}"/>
     <hyperlink ref="D39" r:id="rId25" xr:uid="{20DCF9D6-3291-475F-852E-0767EA234EDB}"/>
     <hyperlink ref="D43" r:id="rId26" xr:uid="{BE366576-9512-446D-97B7-32994E1A620C}"/>
     <hyperlink ref="D3" r:id="rId27" xr:uid="{8EFED022-E8D4-4930-B960-236E5792DE7D}"/>
     <hyperlink ref="D36" r:id="rId28" tooltip="Original URL: https://www.tsl.texas.gov/. Click or tap if you trust this link." display="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.tsl.texas.gov%2F&amp;data=05%7C02%7Cmohammed.mazzouj%40dallas.gov%7C9ddea0c8d40f456e93ab08dd60c77eb6%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638773132152377666%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=v8vIjshUlh2lbtPvVOVTgFCvWPHsXJRWV7%2B%2BHGj9LTA%3D&amp;reserved=0" xr:uid="{2C5CBB6B-57EE-4FDA-B50E-CAA1072D69C3}"/>
     <hyperlink ref="D26" r:id="rId29" xr:uid="{D0AAE47D-A21B-4E70-859F-48F7922FF06B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="300" r:id="rId30"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010008A997C901C9044C8F810B3CD775C3F3" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fe71caba374c928081bd1e4337b08ec8">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="f6f385ec-8c32-416a-9ebe-828fb4cf8d6b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="55650afe5aaceddbe84ef96c4879fa25" ns1:_="">
     <xsd:import namespace="f6f385ec-8c32-416a-9ebe-828fb4cf8d6b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:Order0" minOccurs="0"/>
                 <xsd:element ref="ns1:Year" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f6f385ec-8c32-416a-9ebe-828fb4cf8d6b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Order0" ma:index="0" nillable="true" ma:displayName="Order" ma:decimals="0" ma:internalName="Order0">
       <xsd:simpleType>
         <xsd:restriction base="dms:Number"/>
       </xsd:simpleType>
@@ -3272,83 +3263,92 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Year xmlns="f6f385ec-8c32-416a-9ebe-828fb4cf8d6b" xsi:nil="true"/>
+    <Order0 xmlns="f6f385ec-8c32-416a-9ebe-828fb4cf8d6b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5BE0B48-8D0F-4059-952C-69DE5955FCD8}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40A74A0B-33A8-4517-AA9C-E066A0EC5C7D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08F7668B-0D54-4D50-B738-9B73169E666C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="f6f385ec-8c32-416a-9ebe-828fb4cf8d6b"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-  </ds:schemaRefs>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>