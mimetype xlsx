--- v1 (2026-01-09)
+++ v2 (2026-02-24)
@@ -2,58 +2,58 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\OPRATING\Performance Team\COVID-19 Projects\COVID Dashboard Project\Resident Download Updates\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A9299573-4135-475B-9728-9801806E1772}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B6B9039C-6E55-46B5-91DA-B00FAB8577F2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="608" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="COVID-19 Funding Download" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_Hlk83744322" localSheetId="0">'COVID-19 Funding Download'!$C$34</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -1552,51 +1552,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.imls.gov%2Four-work%2Fpartnerships%2Fcommunities-immunity&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=OwFHcSwRQpxVMwgw1Sz3eeDgMvwd20DRjfY%2FDrMPrh8%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.csec.texas.gov/s/next-generation-9-1-1?language=en_US" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aspca.org/grants" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sba.gov/funding-programs/loans/covid-19-relief-options/shuttered-venue-operators-grant/about-svog" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.hhs.texas.gov%2Fproviders%2Fwic-providers%2Fwic-general-information&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=oruwhS2Z4MPFOxL3m0isibfUz0k7MovdgAvtMaFMqow%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.treasury.gov/policy-issues/coronavirus/assistance-for-state-local-and-tribal-governments/emergency-rental-assistance-program" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bissellpetfoundation.org/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.treasury.gov/policy-issues/coronavirus/assistance-for-state-local-and-tribal-governments/state-and-local-fiscal-recovery-funds" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.faa.gov/airports/airport_rescue_grants" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tdhca.texas.gov/texas-emergency-rental-assistance-program-terap" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arts.gov/COVID-19/the-american-rescue-plan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.faa.gov/airports/cares_act" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Ftaggs.hhs.gov%2FCoronavirus%2FProviders&amp;data=05%7C02%7Cmohammed.mazzouj%40dallas.gov%7Ca639460641444380438808dc28ce38cc%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638430113376381332%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=WTjypxiUN1aQMhB6yb4vwIQ8E8GDsrBxei3MwOhxOrQ%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://petsmartcharities.org/pro/grants/emergency-relief" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fema.gov/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.faa.gov%2Fairports%2Fcrrsaa&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=VKD2zwiKexFpTyXhVRTxeZUBY2luddqcjQuVauyFFLI%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.sba.gov%2Ffunding-programs%2Floans%2Fcovid-19-relief-options%2Fshuttered-venue-operators-grant%2Fabout-svog&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=XSmV1iKzNN3OLhFHj5sAkMdbRZgPZ%2BTZsON34sjCSLw%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hudexchange.info/programs/esg/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.faa.gov%2Fairports%2Fcrrsaa&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=VKD2zwiKexFpTyXhVRTxeZUBY2luddqcjQuVauyFFLI%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.faa.gov/airports/airport_rescue_grants" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hudexchange.info/programs/home/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.tsl.texas.gov%2F&amp;data=05%7C02%7Cmohammed.mazzouj%40dallas.gov%7C9ddea0c8d40f456e93ab08dd60c77eb6%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638773132152377666%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=v8vIjshUlh2lbtPvVOVTgFCvWPHsXJRWV7%2B%2BHGj9LTA%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.faa.gov/airports/airport_rescue_grants" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fema.gov/grants/preparedness/firefighters" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.sba.gov%2Ffunding-programs%2Floans%2Fcovid-19-relief-options%2Fshuttered-venue-operators-grant%2Fabout-svog&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=XSmV1iKzNN3OLhFHj5sAkMdbRZgPZ%2BTZsON34sjCSLw%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egrants.gov.texas.gov/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tpwd.texas.gov/business/grants/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.treasury.gov/policy-issues/coronavirus/assistance-for-state-local-and-tribal-governments/coronavirus-relief-fund" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.faa.gov/airports/crrsaa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Q50"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="C20" sqref="C20"/>
+      <selection activeCell="G24" sqref="G24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="47.28515625" style="2" customWidth="1"/>
     <col min="2" max="2" width="27.140625" style="2" customWidth="1"/>
     <col min="3" max="3" width="54" style="2" customWidth="1"/>
     <col min="4" max="4" width="16.140625" style="2" customWidth="1"/>
     <col min="5" max="5" width="22.140625" style="2" customWidth="1"/>
     <col min="6" max="6" width="17.85546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="16.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="12.42578125" style="2" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
@@ -1623,1466 +1623,1466 @@
       </c>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A2" s="7" t="s">
         <v>89</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D2" t="s">
         <v>96</v>
       </c>
       <c r="E2" s="1">
         <v>355426891</v>
       </c>
       <c r="F2" s="1">
         <v>355426891</v>
       </c>
       <c r="G2" s="1">
         <v>0</v>
       </c>
       <c r="H2" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I2" s="2" t="s">
         <v>84</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A3" s="7" t="s">
         <v>114</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D3" s="14" t="s">
         <v>129</v>
       </c>
       <c r="E3" s="1">
         <v>29000000</v>
       </c>
       <c r="F3" s="1">
         <v>13855580</v>
       </c>
       <c r="G3" s="1">
         <v>0</v>
       </c>
       <c r="H3" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>84</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>115</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>129</v>
       </c>
       <c r="E4" s="1">
         <v>3400000</v>
       </c>
       <c r="F4" s="1">
         <v>1730634</v>
       </c>
       <c r="G4" s="1">
         <v>0</v>
       </c>
       <c r="H4" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I4" s="2" t="s">
         <v>64</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>150</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D5" s="12" t="s">
         <v>129</v>
       </c>
       <c r="E5" s="1">
         <v>115000</v>
       </c>
       <c r="F5" s="1">
         <v>57000</v>
       </c>
       <c r="G5" s="1">
         <v>0</v>
       </c>
       <c r="H5" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I5" s="2" t="s">
         <v>64</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A6" s="7" t="s">
         <v>151</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D6" s="12" t="s">
         <v>129</v>
       </c>
       <c r="E6" s="1">
         <v>70000</v>
       </c>
       <c r="F6" s="1">
         <v>34162</v>
       </c>
       <c r="G6" s="1">
         <v>0</v>
       </c>
       <c r="H6" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I6" s="2" t="s">
         <v>64</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A7" s="7" t="s">
         <v>172</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>127</v>
       </c>
       <c r="E7" s="1">
         <v>771500</v>
       </c>
       <c r="F7" s="1">
         <v>276060</v>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
       <c r="H7" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>64</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A8" s="7" t="s">
         <v>98</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>176</v>
       </c>
       <c r="E8" s="5">
         <v>50325677.399999999</v>
       </c>
       <c r="F8" s="5">
         <v>54154578.950000003</v>
       </c>
       <c r="G8" s="1">
-        <v>47125.830000005662</v>
+        <v>75334.719999998808</v>
       </c>
       <c r="H8" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>64</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
         <v>152</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D9" s="14" t="s">
         <v>179</v>
       </c>
       <c r="E9" s="1">
         <v>150000000000</v>
       </c>
       <c r="F9" s="1">
         <v>235340456.25999999</v>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
       <c r="H9" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A10" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="1">
         <v>5000000000</v>
       </c>
       <c r="F10" s="1">
         <v>20678587</v>
       </c>
       <c r="G10" s="1">
         <v>1755841.1599999964</v>
       </c>
       <c r="H10" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D11" s="14" t="s">
         <v>181</v>
       </c>
       <c r="E11" s="1">
         <v>4000000000</v>
       </c>
       <c r="F11" s="1">
         <v>21104468</v>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
       <c r="H11" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A12" s="7" t="s">
         <v>153</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>119</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="1">
         <v>65000000</v>
       </c>
       <c r="F12" s="1">
         <v>1088138</v>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
       <c r="H12" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A13" s="7" t="s">
         <v>174</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>120</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>126</v>
       </c>
       <c r="E13" s="1">
         <v>0</v>
       </c>
       <c r="F13" s="1">
         <v>250000</v>
       </c>
       <c r="G13" s="1">
         <v>41560</v>
       </c>
       <c r="H13" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I13" s="2" t="s">
         <v>101</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A14" s="7" t="s">
         <v>154</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>125</v>
       </c>
       <c r="E14" s="1">
         <v>0</v>
       </c>
       <c r="F14" s="1">
         <v>3732520.04</v>
       </c>
       <c r="G14" s="1">
         <v>1409.25</v>
       </c>
       <c r="H14" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I14" s="2" t="s">
         <v>101</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
         <v>155</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E15" s="1">
         <v>65000000</v>
       </c>
       <c r="F15" s="1">
         <v>83282</v>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
       <c r="H15" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A16" s="7" t="s">
         <v>132</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E16" s="1">
         <v>79033.69</v>
       </c>
       <c r="F16" s="1">
         <v>79034</v>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
       <c r="H16" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A17" s="7" t="s">
         <v>113</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="1">
         <v>1000000000</v>
       </c>
       <c r="F17" s="1">
         <v>53813334</v>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
       <c r="H17" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A18" s="7" t="s">
         <v>178</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="1">
         <v>0</v>
       </c>
       <c r="F18" s="1">
         <v>70000</v>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
       <c r="H18" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
         <v>156</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D19" s="12" t="s">
         <v>185</v>
       </c>
       <c r="E19" s="6">
         <v>0</v>
       </c>
       <c r="F19" s="1">
         <v>487695</v>
       </c>
       <c r="G19" s="1">
         <v>0</v>
       </c>
       <c r="H19" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A20" s="7" t="s">
         <v>116</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D20" s="12" t="s">
         <v>147</v>
       </c>
       <c r="E20" s="1">
         <v>0</v>
       </c>
       <c r="F20" s="1">
         <v>50936622</v>
       </c>
       <c r="G20" s="1">
         <v>0</v>
       </c>
       <c r="H20" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A21" s="7" t="s">
         <v>117</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D21" s="12" t="s">
         <v>147</v>
       </c>
       <c r="E21" s="1">
         <v>0</v>
       </c>
       <c r="F21" s="1">
         <v>6922536</v>
       </c>
       <c r="G21" s="1">
         <v>0</v>
       </c>
       <c r="H21" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A22" s="7" t="s">
         <v>157</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D22" s="12" t="s">
         <v>147</v>
       </c>
       <c r="E22" s="6">
         <v>0</v>
       </c>
       <c r="F22" s="1">
         <v>148000</v>
       </c>
       <c r="G22" s="1">
         <v>0</v>
       </c>
       <c r="H22" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A23" s="7" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="E23" s="6">
         <v>850000000</v>
       </c>
       <c r="F23" s="1">
         <v>2282871</v>
       </c>
       <c r="G23" s="1">
         <v>247297.64999999991</v>
       </c>
       <c r="H23" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A24" s="7" t="s">
         <v>173</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E24" s="6">
         <v>500000000</v>
       </c>
       <c r="F24" s="1">
         <v>79595</v>
       </c>
       <c r="G24" s="1">
         <v>79595</v>
       </c>
       <c r="H24" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="25" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A25" s="7" t="s">
         <v>158</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D25" s="12" t="s">
         <v>175</v>
       </c>
       <c r="E25" s="6">
         <v>100000000000</v>
       </c>
       <c r="F25" s="1">
         <v>863555.64</v>
       </c>
       <c r="G25" s="1">
         <v>0</v>
       </c>
       <c r="H25" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A26" s="7" t="s">
         <v>159</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D26" s="14" t="s">
         <v>34</v>
       </c>
       <c r="E26" s="6">
         <v>0</v>
       </c>
       <c r="F26" s="1">
         <v>20000</v>
       </c>
       <c r="G26" s="1">
         <v>0</v>
       </c>
       <c r="H26" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="27" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A27" s="7" t="s">
         <v>160</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E27" s="6">
         <v>0</v>
       </c>
       <c r="F27" s="6">
         <v>10000</v>
       </c>
       <c r="G27" s="6">
         <v>0</v>
       </c>
       <c r="H27" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="28" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A28" s="7" t="s">
         <v>161</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D28" s="12" t="s">
         <v>177</v>
       </c>
       <c r="E28" s="6">
         <v>0</v>
       </c>
       <c r="F28" s="6">
         <v>13800</v>
       </c>
       <c r="G28" s="6">
         <v>0</v>
       </c>
       <c r="H28" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="29" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A29" s="7" t="s">
         <v>159</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E29" s="6">
         <v>0</v>
       </c>
       <c r="F29" s="6">
         <v>9630</v>
       </c>
       <c r="G29" s="6">
         <v>0</v>
       </c>
       <c r="H29" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="30" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A30" s="7" t="s">
         <v>162</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D30" s="12" t="s">
         <v>189</v>
       </c>
       <c r="E30" s="6">
         <v>0</v>
       </c>
       <c r="F30" s="6">
         <v>70000</v>
       </c>
       <c r="G30" s="6">
         <v>0</v>
       </c>
       <c r="H30" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A31" s="7" t="s">
         <v>187</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D31" s="12" t="s">
         <v>131</v>
       </c>
       <c r="E31" s="6">
         <v>0</v>
       </c>
       <c r="F31" s="6">
         <v>4200</v>
       </c>
       <c r="G31" s="6">
         <v>0</v>
       </c>
       <c r="H31" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A32" s="7" t="s">
         <v>99</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>94</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>95</v>
       </c>
       <c r="D32" s="13" t="s">
         <v>96</v>
       </c>
       <c r="E32" s="10">
         <v>0</v>
       </c>
       <c r="F32" s="6">
         <v>23600000</v>
       </c>
       <c r="G32" s="6">
         <v>0</v>
       </c>
       <c r="H32" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I32" s="9" t="s">
         <v>84</v>
       </c>
       <c r="J32" s="9" t="s">
         <v>97</v>
       </c>
       <c r="K32" s="9"/>
       <c r="L32" s="9"/>
       <c r="M32" s="9"/>
       <c r="N32" s="9"/>
       <c r="O32" s="9"/>
       <c r="P32" s="9"/>
       <c r="Q32" s="9"/>
     </row>
     <row r="33" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A33" s="7" t="s">
         <v>37</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D33" t="s">
         <v>186</v>
       </c>
       <c r="E33" s="6">
         <v>0</v>
       </c>
       <c r="F33" s="6">
         <v>41290</v>
       </c>
       <c r="G33" s="6">
         <v>41290</v>
       </c>
       <c r="H33" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A34" s="7" t="s">
         <v>100</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="11" t="s">
         <v>111</v>
       </c>
       <c r="D34" s="12" t="s">
         <v>180</v>
       </c>
       <c r="E34" s="6">
         <v>0</v>
       </c>
       <c r="F34" s="6">
         <v>21408139</v>
       </c>
       <c r="G34" s="6">
-        <v>1224883.8000000007</v>
+        <v>1192867.8000000007</v>
       </c>
       <c r="H34" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I34" s="2" t="s">
         <v>101</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A35" s="7" t="s">
         <v>43</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D35" s="14" t="s">
         <v>171</v>
       </c>
       <c r="E35" s="1">
         <v>100000000</v>
       </c>
       <c r="F35" s="1">
         <v>846245.26</v>
       </c>
       <c r="G35" s="1">
         <v>811.43999999994401</v>
       </c>
       <c r="H35" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="36" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A36" s="7" t="s">
         <v>163</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D36" s="12" t="s">
         <v>188</v>
       </c>
       <c r="E36" s="1">
         <v>2600000</v>
       </c>
       <c r="F36" s="1">
         <v>41570.980000000003</v>
       </c>
       <c r="G36" s="1">
         <v>0</v>
       </c>
       <c r="H36" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="37" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A37" s="7" t="s">
         <v>164</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E37" s="1">
         <v>850000000</v>
       </c>
       <c r="F37" s="1">
         <v>984177.61</v>
       </c>
       <c r="G37" s="1">
         <v>0</v>
       </c>
       <c r="H37" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I37" s="2" t="s">
         <v>84</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="38" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A38" s="7" t="s">
         <v>165</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>56</v>
       </c>
       <c r="E38" s="1">
         <v>150000000000</v>
       </c>
       <c r="F38" s="1">
         <v>41547024.68</v>
       </c>
       <c r="G38" s="1">
         <v>0</v>
       </c>
       <c r="H38" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I38" s="2" t="s">
         <v>84</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="39" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A39" s="7" t="s">
         <v>58</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D39" s="14" t="s">
         <v>183</v>
       </c>
       <c r="E39" s="1">
         <v>5000000000</v>
       </c>
       <c r="F39" s="1">
         <v>3382585</v>
       </c>
       <c r="G39" s="1">
         <v>0</v>
       </c>
       <c r="H39" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I39" s="2" t="s">
         <v>84</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A40" s="7" t="s">
         <v>166</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D40" s="14" t="s">
         <v>149</v>
       </c>
       <c r="E40" s="1">
         <v>0</v>
       </c>
       <c r="F40" s="1">
         <v>50000</v>
       </c>
       <c r="G40" s="1">
         <v>0</v>
       </c>
       <c r="H40" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I40" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="41" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A41" s="7" t="s">
         <v>60</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>63</v>
       </c>
       <c r="E41" s="1">
         <v>0</v>
       </c>
       <c r="F41" s="1">
         <v>80000</v>
       </c>
       <c r="G41" s="1">
         <v>5159.8499999999913</v>
       </c>
       <c r="H41" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I41" s="2" t="s">
         <v>11</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="42" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A42" s="7" t="s">
         <v>167</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D42" s="12" t="s">
         <v>128</v>
       </c>
       <c r="E42" s="1">
         <v>0</v>
       </c>
       <c r="F42" s="1">
         <v>1132342.8799999999</v>
       </c>
       <c r="G42" s="1">
         <v>0</v>
       </c>
       <c r="H42" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I42" s="2" t="s">
         <v>84</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A43" s="7" t="s">
         <v>168</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D43" s="14" t="s">
         <v>130</v>
       </c>
       <c r="E43" s="1">
         <v>0</v>
       </c>
       <c r="F43" s="1">
         <v>443530.92</v>
       </c>
       <c r="G43" s="1">
         <v>0</v>
       </c>
       <c r="H43" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I43" s="2" t="s">
         <v>84</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="44" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A44" s="7" t="s">
         <v>169</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D44" s="12" t="s">
         <v>130</v>
       </c>
       <c r="E44" s="1">
         <v>0</v>
       </c>
       <c r="F44" s="1">
         <v>40317</v>
       </c>
       <c r="G44" s="1">
         <v>0</v>
       </c>
       <c r="H44" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I44" s="2" t="s">
         <v>84</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="45" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A45" s="7" t="s">
         <v>139</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>182</v>
       </c>
       <c r="E45" s="1">
         <v>150000000</v>
       </c>
       <c r="F45" s="1">
         <v>4925000</v>
       </c>
       <c r="G45" s="1">
         <v>0</v>
       </c>
       <c r="H45" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I45" s="2" t="s">
         <v>143</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="46" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A46" s="7" t="s">
         <v>142</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>184</v>
       </c>
       <c r="E46" s="1">
         <v>20000000</v>
       </c>
       <c r="F46" s="1">
         <v>20000000</v>
       </c>
       <c r="G46" s="1">
-        <v>7192435.3299999982</v>
+        <v>4890644.1100000013</v>
       </c>
       <c r="H46" s="4">
-        <v>46029</v>
+        <v>46071</v>
       </c>
       <c r="I46" s="2" t="s">
         <v>101</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="47" spans="1:10" x14ac:dyDescent="0.25">
       <c r="G47" s="15"/>
     </row>
     <row r="48" spans="1:10" x14ac:dyDescent="0.25">
       <c r="G48" s="1"/>
     </row>
     <row r="50" spans="7:7" x14ac:dyDescent="0.25">
       <c r="G50" s="15"/>
     </row>
   </sheetData>
   <phoneticPr fontId="18" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="D14" r:id="rId1" xr:uid="{60D482BB-8677-4C2A-A122-C852DE748BC8}"/>
     <hyperlink ref="D13" r:id="rId2" xr:uid="{AC36AEC9-64DC-4EE4-A72B-DE266C569239}"/>
     <hyperlink ref="D7" r:id="rId3" display="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.hhs.texas.gov%2Fproviders%2Fwic-providers%2Fwic-general-information&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=oruwhS2Z4MPFOxL3m0isibfUz0k7MovdgAvtMaFMqow%3D&amp;reserved=0" xr:uid="{46DB8DA7-7EB5-40E6-99FA-F2777F912BA6}"/>
     <hyperlink ref="D42" r:id="rId4" display="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.sba.gov%2Ffunding-programs%2Floans%2Fcovid-19-relief-options%2Fshuttered-venue-operators-grant%2Fabout-svog&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=XSmV1iKzNN3OLhFHj5sAkMdbRZgPZ%2BTZsON34sjCSLw%3D&amp;reserved=0" xr:uid="{47AC5222-7584-4226-847B-DB9E5E6F3B08}"/>
     <hyperlink ref="D5" r:id="rId5" display="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.faa.gov%2Fairports%2Fcrrsaa&amp;data=05%7C01%7Cbrandi.coleman%40dallas.gov%7C7150a11c1b344ad9844608daf336b423%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638089713523586376%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=VKD2zwiKexFpTyXhVRTxeZUBY2luddqcjQuVauyFFLI%3D&amp;reserved=0" xr:uid="{82B09496-16AE-4C4C-9C25-918935C9B9F9}"/>
@@ -3107,79 +3107,98 @@
     <hyperlink ref="D11" r:id="rId24" xr:uid="{2DC11252-0F47-4DF4-A5DA-3258374135FB}"/>
     <hyperlink ref="D39" r:id="rId25" xr:uid="{20DCF9D6-3291-475F-852E-0767EA234EDB}"/>
     <hyperlink ref="D43" r:id="rId26" xr:uid="{BE366576-9512-446D-97B7-32994E1A620C}"/>
     <hyperlink ref="D3" r:id="rId27" xr:uid="{8EFED022-E8D4-4930-B960-236E5792DE7D}"/>
     <hyperlink ref="D36" r:id="rId28" tooltip="Original URL: https://www.tsl.texas.gov/. Click or tap if you trust this link." display="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.tsl.texas.gov%2F&amp;data=05%7C02%7Cmohammed.mazzouj%40dallas.gov%7C9ddea0c8d40f456e93ab08dd60c77eb6%7C2935709ec10c4809a302852d369f8700%7C0%7C0%7C638773132152377666%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=v8vIjshUlh2lbtPvVOVTgFCvWPHsXJRWV7%2B%2BHGj9LTA%3D&amp;reserved=0" xr:uid="{2C5CBB6B-57EE-4FDA-B50E-CAA1072D69C3}"/>
     <hyperlink ref="D26" r:id="rId29" xr:uid="{D0AAE47D-A21B-4E70-859F-48F7922FF06B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="300" r:id="rId30"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010008A997C901C9044C8F810B3CD775C3F3" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fe71caba374c928081bd1e4337b08ec8">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="f6f385ec-8c32-416a-9ebe-828fb4cf8d6b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="55650afe5aaceddbe84ef96c4879fa25" ns1:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Year xmlns="f6f385ec-8c32-416a-9ebe-828fb4cf8d6b" xsi:nil="true"/>
+    <Order0 xmlns="f6f385ec-8c32-416a-9ebe-828fb4cf8d6b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010008A997C901C9044C8F810B3CD775C3F3" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="99a05dc61303b44b5b48f41d2c4a493d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="f6f385ec-8c32-416a-9ebe-828fb4cf8d6b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a64c776927115f55aaea4519b6810ac7" ns1:_="">
     <xsd:import namespace="f6f385ec-8c32-416a-9ebe-828fb4cf8d6b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:Order0" minOccurs="0"/>
                 <xsd:element ref="ns1:Year" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f6f385ec-8c32-416a-9ebe-828fb4cf8d6b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Order0" ma:index="0" nillable="true" ma:displayName="Order" ma:decimals="0" ma:internalName="Order0">
       <xsd:simpleType>
         <xsd:restriction base="dms:Number"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Year" ma:index="9" nillable="true" ma:displayName="Year" ma:default="N/A" ma:format="Dropdown" ma:indexed="true" ma:internalName="Year">
+    <xsd:element name="Year" ma:index="9" nillable="true" ma:displayName="Year" ma:default="FY2025-26" ma:internalName="Year">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="FY2025-26"/>
           <xsd:enumeration value="FY2024-25"/>
           <xsd:enumeration value="FY2023-24"/>
           <xsd:enumeration value="FY2022-23"/>
           <xsd:enumeration value="FY2021-22"/>
           <xsd:enumeration value="FY2020-21"/>
           <xsd:enumeration value="FY2019-20"/>
           <xsd:enumeration value="FY2018-19"/>
           <xsd:enumeration value="FY2017-18"/>
           <xsd:enumeration value="FY2016-17"/>
           <xsd:enumeration value="FY2015-16"/>
           <xsd:enumeration value="FY2014-15"/>
           <xsd:enumeration value="FY2013-14"/>
           <xsd:enumeration value="FY2012-13"/>
           <xsd:enumeration value="FY2011-12"/>
           <xsd:enumeration value="FY2010-11"/>
           <xsd:enumeration value="FY2009-10"/>
           <xsd:enumeration value="FY2008-09"/>
           <xsd:enumeration value="FY2007-08"/>
           <xsd:enumeration value="FY2006-07"/>
           <xsd:enumeration value="FY2005-06"/>
           <xsd:enumeration value="FY2004-05"/>
           <xsd:enumeration value="FY2003-04"/>
           <xsd:enumeration value="FY2002-03"/>
           <xsd:enumeration value="N/A"/>
         </xsd:restriction>
@@ -3263,94 +3282,76 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5BE0B48-8D0F-4059-952C-69DE5955FCD8}"/>
-[...10 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08F7668B-0D54-4D50-B738-9B73169E666C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="f6f385ec-8c32-416a-9ebe-828fb4cf8d6b"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40A74A0B-33A8-4517-AA9C-E066A0EC5C7D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E4C266E-61CB-42C4-A598-B7F7B034221F}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">